--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6467852A" w14:textId="77777777" w:rsidR="00087490" w:rsidRDefault="00CB56E8">
       <w:pPr>
         <w:spacing w:before="8" w:after="0" w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="464A9B9F" wp14:editId="37410E36">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5384800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1631950" cy="790575"/>
@@ -408,51 +408,51 @@
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="99"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7998BE23" w14:textId="77777777" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00087490">
       <w:pPr>
         <w:spacing w:before="19" w:after="0" w:line="220" w:lineRule="exact"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73C32F09" w14:textId="38B9C839" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00723845">
+    <w:p w14:paraId="73C32F09" w14:textId="6099FE61" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00723845">
       <w:pPr>
         <w:spacing w:after="0" w:line="361" w:lineRule="exact"/>
         <w:ind w:left="1748" w:right="1732"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Pas</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
@@ -620,61 +620,61 @@
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F954D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00C439FF">
+      <w:r w:rsidR="0096588A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD6A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
@@ -720,61 +720,61 @@
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>au</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C439FF">
+      <w:r w:rsidR="0096588A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="00817742">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> mai</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -784,63 +784,63 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="99"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="007049DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:w w:val="99"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00C439FF">
+      <w:r w:rsidR="0096588A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:w w:val="99"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:w w:val="99"/>
           <w:position w:val="-1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F062E2" w14:textId="77777777" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00087490">
       <w:pPr>
         <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2832,51 +2832,51 @@
           <w:spacing w:val="1"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A12DAE2" w14:textId="77777777" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00087490">
       <w:pPr>
         <w:spacing w:before="2" w:after="0" w:line="120" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40640CEF" w14:textId="06C14581" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00723845">
+    <w:p w14:paraId="40640CEF" w14:textId="11904584" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00723845">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="106" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
@@ -3337,59 +3337,59 @@
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:u w:val="thick" w:color="000000"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="007049DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="thick" w:color="000000"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00C439FF">
+      <w:r w:rsidR="0096588A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="thick" w:color="000000"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00653A34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>à la</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5950F7FA" w14:textId="77777777" w:rsidR="00087490" w:rsidRPr="00653A34" w:rsidRDefault="00087490">
       <w:pPr>
         <w:spacing w:before="1" w:after="0" w:line="120" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="fr-CH"/>
@@ -5984,51 +5984,51 @@
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11920" w:h="16840"/>
           <w:pgMar w:top="440" w:right="460" w:bottom="0" w:left="460" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="4559" w:space="367"/>
             <w:col w:w="6074"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E6380A1" w14:textId="77777777" w:rsidR="00087490" w:rsidRPr="00DC7A81" w:rsidRDefault="009D0CDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E925296" wp14:editId="3169D17E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E925296" wp14:editId="208775B7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>5958840</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>3679987</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1440180" cy="410210"/>
             <wp:effectExtent l="0" t="0" r="7620" b="8890"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
@@ -6158,194 +6158,197 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00751451">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>en parallèle de votre inscription à la HEG.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00087490" w:rsidRPr="00CB56E8">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="440" w:right="460" w:bottom="0" w:left="460" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00087490"/>
     <w:rsid w:val="00087490"/>
     <w:rsid w:val="001101EB"/>
     <w:rsid w:val="00125F87"/>
     <w:rsid w:val="00210B0E"/>
     <w:rsid w:val="00225B20"/>
     <w:rsid w:val="003232A3"/>
     <w:rsid w:val="003449D6"/>
     <w:rsid w:val="00347592"/>
     <w:rsid w:val="003C32D3"/>
     <w:rsid w:val="003E713A"/>
     <w:rsid w:val="004327E3"/>
     <w:rsid w:val="004769D1"/>
     <w:rsid w:val="004C5E2D"/>
     <w:rsid w:val="00545D8A"/>
+    <w:rsid w:val="005C2108"/>
     <w:rsid w:val="005C5E57"/>
     <w:rsid w:val="005F05E5"/>
     <w:rsid w:val="00653A34"/>
     <w:rsid w:val="007049DA"/>
     <w:rsid w:val="00723845"/>
     <w:rsid w:val="00751451"/>
     <w:rsid w:val="00817742"/>
     <w:rsid w:val="00825336"/>
     <w:rsid w:val="00861698"/>
     <w:rsid w:val="008A5BFC"/>
     <w:rsid w:val="00905A25"/>
+    <w:rsid w:val="0096588A"/>
     <w:rsid w:val="00972A87"/>
     <w:rsid w:val="009904EC"/>
     <w:rsid w:val="009C11D8"/>
     <w:rsid w:val="009D0CDA"/>
     <w:rsid w:val="00A30696"/>
     <w:rsid w:val="00AD6A4F"/>
     <w:rsid w:val="00AE1BCE"/>
     <w:rsid w:val="00BB02B8"/>
     <w:rsid w:val="00BE0CCC"/>
     <w:rsid w:val="00C13DF2"/>
     <w:rsid w:val="00C439FF"/>
     <w:rsid w:val="00CB56E8"/>
     <w:rsid w:val="00D06F30"/>
     <w:rsid w:val="00DA7A99"/>
     <w:rsid w:val="00DC6AD6"/>
     <w:rsid w:val="00DC7A81"/>
     <w:rsid w:val="00DD7805"/>
     <w:rsid w:val="00E26A39"/>
     <w:rsid w:val="00ED7D2D"/>
     <w:rsid w:val="00F04475"/>
     <w:rsid w:val="00F20FC0"/>
     <w:rsid w:val="00F94A1D"/>
     <w:rsid w:val="00F954D8"/>
+    <w:rsid w:val="00FF21F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7D4D892A"/>
   <w15:docId w15:val="{A20421A6-847D-45A4-A1E1-2A696E865FE0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6767,51 +6770,51 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004327E3"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00653A34"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>